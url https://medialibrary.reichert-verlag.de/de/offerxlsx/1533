--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -1255,51 +1255,51 @@
       </c>
       <c r="K24" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783752001044_mio_corpo_venga_sepolto_in_terra_sancta_genese_und_verbreitung_eines_wunderberichts_des_13_jahrhunderts/</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>9783752006018</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>9783752000849</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>10.29091/9783752000849</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>Wetzel,Wuidar,Gedigk,Brusa,Gisselbaek,Pinieri</t>
+          <t>Wetzel,Wuidar,Wimmer,Brusa,Gisselbaek,Pinieri</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>Mystique, langage, image : montrer l’invisible Mystik, Sprache, Bild: Die Visualisierung des Unsichtbaren</t>
         </is>
       </c>
       <c r="F25" t="inlineStr"/>
       <c r="G25" t="inlineStr">
         <is>
           <t>Scrinium Friburgense</t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="I25" t="n">
         <v>2022</v>
       </c>
       <c r="J25" t="n">
         <v>129</v>
       </c>
       <c r="K25" t="inlineStr">