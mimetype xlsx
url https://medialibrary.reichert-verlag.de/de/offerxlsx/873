--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -4094,51 +4094,51 @@
       </c>
       <c r="K79" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783954906697_der_moench_von_salzburg_und_das_lateinische_lied/</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>9783954903498</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>9783954906239</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>10.29091/9783954906239</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>Wetzel,Wuidar,Gedigk</t>
+          <t>Wetzel,Wuidar,Wimmer</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>Mystique, langage, musique : dire l’indicible au Moyen Âge</t>
         </is>
       </c>
       <c r="F80" t="inlineStr"/>
       <c r="G80" t="inlineStr">
         <is>
           <t>Scrinium Friburgense</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="I80" t="n">
         <v>2019</v>
       </c>
       <c r="J80" t="n">
         <v>89</v>
       </c>
       <c r="K80" t="inlineStr">