--- v1 (2025-11-01)
+++ v2 (2025-11-27)
@@ -1149,51 +1149,51 @@
       </c>
       <c r="K22" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783954906116_intrigen_die_macht_der_moeglichkeiten_in_der_mittelhochdeutschen_epik/</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>9783895008153</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>9783954908875</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>10.29091/9783954908875</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>Filatkina,Przybilski</t>
+          <t>Przybilski,Filatkina</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>Orte – Ordnungen – Oszillationen</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>Raumerschaffung durch Wissen und räumliche Struktur von Wissen</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>Trierer Beiträge zu den Historischen Kulturwissenschaften</t>
         </is>
       </c>
       <c r="H23" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="I23" t="n">
         <v>2011</v>
       </c>