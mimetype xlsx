--- v0 (2025-10-10)
+++ v1 (2025-12-20)
@@ -990,51 +990,51 @@
       </c>
       <c r="K19" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783954906116_intrigen_die_macht_der_moeglichkeiten_in_der_mittelhochdeutschen_epik/</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>9783895008153</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>9783954908875</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>10.29091/9783954908875</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Filatkina,Przybilski</t>
+          <t>Przybilski,Filatkina</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Orte – Ordnungen – Oszillationen</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Raumerschaffung durch Wissen und räumliche Struktur von Wissen</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>Trierer Beiträge zu den Historischen Kulturwissenschaften</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="I20" t="n">
         <v>2011</v>
       </c>