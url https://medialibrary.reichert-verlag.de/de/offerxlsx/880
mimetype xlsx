--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -688,51 +688,51 @@
       </c>
       <c r="K13" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783954909018_reliefgeschmueckte_gattungen_roemischer_lebenskultur_griechische_originalskulptur_monumente_orientalischer_kulte/</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>9783895004407</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>9783954909001</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>10.29091/9783954909001</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Borg,Hesberg,Linfert</t>
+          <t>Borg,von Hesberg,Linfert</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>Die antiken Skulpturen in Castle Howard</t>
         </is>
       </c>
       <c r="F14" t="inlineStr"/>
       <c r="G14" t="inlineStr">
         <is>
           <t>Monumenta Artis Romanae</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="I14" t="n">
         <v>2005</v>
       </c>
       <c r="J14" t="n">
         <v>98</v>
       </c>
       <c r="K14" t="inlineStr">
@@ -790,100 +790,100 @@
       </c>
       <c r="K15" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783954909070_mit_wissen_geschmueckt/</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>9783895007149</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>9783954909063</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>10.29091/9783954909063</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>Dimas,Reinsberg,Hesberg</t>
+          <t>Dimas,Reinsberg,von Hesberg</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Die Antikensammlungen von Hever Castle, Cliveden, Bignor Park und Knole</t>
         </is>
       </c>
       <c r="F16" t="inlineStr"/>
       <c r="G16" t="inlineStr">
         <is>
           <t>Monumenta Artis Romanae</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="I16" t="n">
         <v>2013</v>
       </c>
       <c r="J16" t="n">
         <v>88</v>
       </c>
       <c r="K16" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783954909063_die_antikensammlungen_von_hever_castle_cliveden_bignor_park_und_knole/</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>9783895004315</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>9783954909032</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>10.29091/9783954909032</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>Boschung,Hesberg</t>
+          <t>Boschung,von Hesberg</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>Die antiken Skulpturen in Newby Hall sowie in anderen Sammlungen in Yorkshire</t>
         </is>
       </c>
       <c r="F17" t="inlineStr"/>
       <c r="G17" t="inlineStr">
         <is>
           <t>Monumenta Artis Romanae</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="I17" t="n">
         <v>2007</v>
       </c>
       <c r="J17" t="n">
         <v>110</v>
       </c>
       <c r="K17" t="inlineStr">