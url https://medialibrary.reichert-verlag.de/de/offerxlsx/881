--- v0 (2025-10-10)
+++ v1 (2025-11-03)
@@ -1002,51 +1002,51 @@
       </c>
       <c r="K19" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783954907465_the_sculptors_workshop/</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>9783895004407</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>9783954909001</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>10.29091/9783954909001</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Borg,Hesberg,Linfert</t>
+          <t>Borg,von Hesberg,Linfert</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Die antiken Skulpturen in Castle Howard</t>
         </is>
       </c>
       <c r="F20" t="inlineStr"/>
       <c r="G20" t="inlineStr">
         <is>
           <t>Monumenta Artis Romanae</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="I20" t="n">
         <v>2005</v>
       </c>
       <c r="J20" t="n">
         <v>98</v>
       </c>
       <c r="K20" t="inlineStr">
@@ -1708,51 +1708,51 @@
       </c>
       <c r="K33" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783954909940_kosmos_der_zeichen/</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>9783895005749</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>9783954909933</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>10.29091/9783954909933</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>Frevel,Hesberg</t>
+          <t>Frevel,von Hesberg</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>Kult und Kommunikation</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>Medien in Heiligtümern der Antike</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t>ZAKMIRA – Schriften des Lehr- und Forschungszentrums für die antiken Kulturen des Mittelmeerraumes – Centre for Mediterranean Cultures</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="I34" t="n">
         <v>2007</v>
       </c>
@@ -2377,100 +2377,100 @@
       </c>
       <c r="K46" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783954909452_strassen_von_der_fruehgeschichte_bis_in_die_moderne/</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>9783895007149</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>9783954909063</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>10.29091/9783954909063</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>Dimas,Reinsberg,Hesberg</t>
+          <t>Dimas,Reinsberg,von Hesberg</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>Die Antikensammlungen von Hever Castle, Cliveden, Bignor Park und Knole</t>
         </is>
       </c>
       <c r="F47" t="inlineStr"/>
       <c r="G47" t="inlineStr">
         <is>
           <t>Monumenta Artis Romanae</t>
         </is>
       </c>
       <c r="H47" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="I47" t="n">
         <v>2013</v>
       </c>
       <c r="J47" t="n">
         <v>88</v>
       </c>
       <c r="K47" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783954909063_die_antikensammlungen_von_hever_castle_cliveden_bignor_park_und_knole/</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>9783895004315</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>9783954909032</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>10.29091/9783954909032</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>Boschung,Hesberg</t>
+          <t>Boschung,von Hesberg</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>Die antiken Skulpturen in Newby Hall sowie in anderen Sammlungen in Yorkshire</t>
         </is>
       </c>
       <c r="F48" t="inlineStr"/>
       <c r="G48" t="inlineStr">
         <is>
           <t>Monumenta Artis Romanae</t>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="I48" t="n">
         <v>2007</v>
       </c>
       <c r="J48" t="n">
         <v>110</v>
       </c>
       <c r="K48" t="inlineStr">