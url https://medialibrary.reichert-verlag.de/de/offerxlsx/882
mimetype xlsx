--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -790,51 +790,51 @@
       </c>
       <c r="K15" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783954907465_the_sculptors_workshop/</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>9783895004407</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>9783954909001</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>10.29091/9783954909001</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>Borg,Hesberg,Linfert</t>
+          <t>Borg,von Hesberg,Linfert</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Die antiken Skulpturen in Castle Howard</t>
         </is>
       </c>
       <c r="F16" t="inlineStr"/>
       <c r="G16" t="inlineStr">
         <is>
           <t>Monumenta Artis Romanae</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="I16" t="n">
         <v>2005</v>
       </c>
       <c r="J16" t="n">
         <v>98</v>
       </c>
       <c r="K16" t="inlineStr">
@@ -1133,51 +1133,51 @@
       </c>
       <c r="K22" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783954909940_kosmos_der_zeichen/</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>9783895005749</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>9783954909933</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>10.29091/9783954909933</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>Frevel,Hesberg</t>
+          <t>Frevel,von Hesberg</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>Kult und Kommunikation</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>Medien in Heiligtümern der Antike</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>ZAKMIRA – Schriften des Lehr- und Forschungszentrums für die antiken Kulturen des Mittelmeerraumes – Centre for Mediterranean Cultures</t>
         </is>
       </c>
       <c r="H23" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="I23" t="n">
         <v>2007</v>
       </c>
@@ -1394,100 +1394,100 @@
       </c>
       <c r="K27" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783954909452_strassen_von_der_fruehgeschichte_bis_in_die_moderne/</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>9783895007149</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>9783954909063</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>10.29091/9783954909063</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>Dimas,Reinsberg,Hesberg</t>
+          <t>Dimas,Reinsberg,von Hesberg</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>Die Antikensammlungen von Hever Castle, Cliveden, Bignor Park und Knole</t>
         </is>
       </c>
       <c r="F28" t="inlineStr"/>
       <c r="G28" t="inlineStr">
         <is>
           <t>Monumenta Artis Romanae</t>
         </is>
       </c>
       <c r="H28" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="I28" t="n">
         <v>2013</v>
       </c>
       <c r="J28" t="n">
         <v>88</v>
       </c>
       <c r="K28" t="inlineStr">
         <is>
           <t>https://medialibrary.reichert-verlag.de/9783954909063_die_antikensammlungen_von_hever_castle_cliveden_bignor_park_und_knole/</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>9783895004315</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>9783954909032</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>10.29091/9783954909032</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>Boschung,Hesberg</t>
+          <t>Boschung,von Hesberg</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>Die antiken Skulpturen in Newby Hall sowie in anderen Sammlungen in Yorkshire</t>
         </is>
       </c>
       <c r="F29" t="inlineStr"/>
       <c r="G29" t="inlineStr">
         <is>
           <t>Monumenta Artis Romanae</t>
         </is>
       </c>
       <c r="H29" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="I29" t="n">
         <v>2007</v>
       </c>
       <c r="J29" t="n">
         <v>110</v>
       </c>
       <c r="K29" t="inlineStr">